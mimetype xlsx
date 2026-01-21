--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -6,168 +6,151 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Teams\CSaIM\SharedFiles\7. Policy_Procedures\Forms\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Teams\CSaIM\SharedFiles\7. Policy_Procedures\Manuals\Claims and Injury Management\Claims Resources\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C68B7B1E-9067-4BCD-9C5F-20161FB7F33E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C70D343-6980-4401-B690-09B6B388D252}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Frequently Asked Questions " sheetId="7" r:id="rId1"/>
     <sheet name="Entitlement 100%" sheetId="4" r:id="rId2"/>
     <sheet name=" Entitlement 80%" sheetId="6" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Entitlement 100%'!$B$1:$L$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K32" i="4" l="1"/>
+  <c r="K40" i="6" l="1"/>
+  <c r="J40" i="6"/>
+  <c r="K39" i="6"/>
+  <c r="J39" i="6"/>
+  <c r="K38" i="6"/>
+  <c r="J38" i="6"/>
+  <c r="K37" i="6"/>
+  <c r="J37" i="6"/>
+  <c r="K36" i="6"/>
+  <c r="J36" i="6"/>
+  <c r="K35" i="6"/>
+  <c r="J35" i="6"/>
+  <c r="K34" i="6"/>
+  <c r="J34" i="6"/>
+  <c r="K33" i="6"/>
+  <c r="J33" i="6"/>
+  <c r="K32" i="6"/>
+  <c r="J32" i="6"/>
+  <c r="K31" i="6"/>
+  <c r="J31" i="6"/>
   <c r="K33" i="4"/>
   <c r="K34" i="4"/>
   <c r="K35" i="4"/>
   <c r="K36" i="4"/>
   <c r="K37" i="4"/>
   <c r="K38" i="4"/>
   <c r="K39" i="4"/>
   <c r="K40" i="4"/>
-  <c r="K31" i="4"/>
-[...26 lines deleted...]
-  <c r="E42" i="4"/>
+  <c r="K41" i="4"/>
+  <c r="K32" i="4"/>
+  <c r="J32" i="4"/>
+  <c r="K41" i="6"/>
+  <c r="J41" i="6" s="1"/>
+  <c r="J41" i="4"/>
   <c r="J40" i="4"/>
   <c r="J39" i="4"/>
   <c r="J38" i="4"/>
   <c r="J37" i="4"/>
   <c r="J36" i="4"/>
   <c r="J35" i="4"/>
   <c r="J34" i="4"/>
   <c r="J33" i="4"/>
-  <c r="J32" i="4"/>
-[...3 lines deleted...]
-  <c r="K42" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="77">
   <si>
     <t>to</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fri</t>
   </si>
   <si>
     <t>AWE</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Total Earnings   
 in Employment for given week</t>
   </si>
   <si>
     <t>Week for compensation</t>
   </si>
   <si>
     <t>Total gross payable to Injured Worker</t>
-  </si>
-[...1 lines deleted...]
-    <t>TOTAL CLAIM</t>
   </si>
   <si>
     <t>Definitions:</t>
   </si>
   <si>
     <t>Days 
 Lost</t>
   </si>
   <si>
     <t>Instructions:</t>
   </si>
   <si>
     <t>Employer :</t>
   </si>
   <si>
     <t xml:space="preserve">Claim No : </t>
   </si>
   <si>
     <t xml:space="preserve">Worker Name: </t>
   </si>
   <si>
     <t>Payoll Person :</t>
   </si>
   <si>
     <t xml:space="preserve">Employer Ph : </t>
@@ -222,53 +205,50 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t xml:space="preserve">            </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t xml:space="preserve">                                 </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t xml:space="preserve">                                                                      </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">5. Submit your claim on a regular basis (preferably every pay period but not longer than monthly) </t>
-[...1 lines deleted...]
-  <si>
     <t>3. Lilac field (Total Gross Payable) will automatically calcuate. This is the gross weekly payment payable to the Injured Worker by the Employer</t>
   </si>
   <si>
     <t>2. Complete Grey fields only - Input dates, Average Weekly Earnings figure, Total Earnings in Employment and Days Lost using one line per week</t>
   </si>
   <si>
     <t>2. Complete grey fields only - Input dates, Average Weekly Earnings figure, Total Earnings in Employment and Days Lost using one line per week</t>
   </si>
   <si>
     <t xml:space="preserve">Income Maintenance Reimbursement Form - Entitlement period 80% </t>
   </si>
   <si>
     <t>Income Maintenance Reimbursement Form - Entitlement period 100%</t>
   </si>
   <si>
     <t>Week Start</t>
   </si>
   <si>
     <t>Week End</t>
   </si>
   <si>
     <t>1. IMPORTANT * Check which period the weekly payment/s fall (as per claim determination) and select the appropriate worksheet (100%, 80%)</t>
   </si>
   <si>
     <r>
@@ -454,158 +434,167 @@
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please contact your Claims Management Business Partner or e-mail </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="4"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>claims@csaim.org.au</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Where you have received notification that an interim benefits offer has been approved for weekly payments and to commence paying the injured worker, you can claim these payments back. 
 If the claim is ultimately declined, Catholic Safety and Injury Management may seek recovery directly from the injured worker. </t>
   </si>
   <si>
-    <t>The Return to Work Act 2014 is silent on superannuation whilst an injured worker is receiving compensation payments. However, the worker is entitled to receive superannuation payments while they are working partial incapacity for the hours worked in paid employment as per usual. 
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Will I receive a remittance once CSaIM have processed the reimbursement? </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>Total Earnings in Employment</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t xml:space="preserve"> =   Amount earned by the injured worker in one week, calculated by multiplying hours of work by the applicable industrial rate.
  (Type of work and hours of work should match the Work Capacity Certificate and Rehabilitation Plan) </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>Total Earnings in Employment</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t xml:space="preserve"> =   Amount earned by the injured worker in one week, calculated by multiplying hours of work by the applicable industrial rate.
     (Type of work and hours of work should match the Work Capacity Certificate and Rehabilitation Plan) </t>
-    </r>
-[...22 lines deleted...]
-You commence reimbursements when you receive communcation from CSaIM that payments can commence. </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">4. The Lime field (Total to be Reimbursed) will automatically calculate. This is the amount that can be reimbursed to the employer by submitting this form to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF533E7C"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>claims@csaim.org.au</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Noto Serif Armenian Light"/>
       </rPr>
       <t>. A copy of the payslips to evidence the payment is also required at this time.</t>
     </r>
   </si>
+  <si>
+    <t>The Return to Work Act 2014 is silent on superannuation whilst an injured worker is receiving compensation payments. However, the worker is entitled to receive superannuation payments for the hours worked in paid employment as per usual. 
+We recommend that you consult your industrial instruments and employee contract regarding whether superannuation is payable or not. Superannuation is not re-imbursed from Catholic Safety &amp; Injury Management while an injured worker is receiving weekly payments. 
+Superannuation is not included in the average weekly earnings calculation
+Voluntary salary sacrifice is included in the average weekly earnings</t>
+  </si>
+  <si>
+    <t>Hours lost (to be completed by CSaIM only)</t>
+  </si>
+  <si>
+    <t>5. Hours lost field will be completed by the CSaIM claims manager only.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6. Submit your claim on a regular basis (preferably every pay period but not longer than monthly) </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">It is best practice to claim reimubrsements as they are paid, eg, if your pay cycle is fortnightly to complete and send along fortnighly to allow for timely processing and reimbursement of wages paid.
+Claims for reimbursement of paid workers compensation wages </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Noto Serif Armenian Light"/>
+      </rPr>
+      <t>must be submitted monthly</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Noto Serif Armenian Light"/>
+      </rPr>
+      <t xml:space="preserve"> to CSaIM for reimbursement. CSaIM can decline a request for reimbursement without special circumstances if they are submitted after this time frame.
+You commence reimbursements when you receive communcation from CSaIM that payments can commence. </t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="44" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="d/mm/yy;@"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Noto Serif Armenian Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Noto Serif Armenian Light"/>
     </font>
@@ -648,90 +637,102 @@
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Noto Serif Armenian Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="4"/>
       <name val="Work Sans"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Noto Serif Armenian Light"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF533E7C"/>
       <name val="Noto Serif Armenian Light"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Noto Serif Armenian Light"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Noto Serif Armenian Light"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="31">
+  <borders count="30">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
@@ -790,65 +791,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
-        <color auto="1"/>
-[...13 lines deleted...]
-      <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
@@ -1080,287 +1066,285 @@
       <right style="medium">
         <color rgb="FFA3A3A3"/>
       </right>
       <top style="medium">
         <color rgb="FFA3A3A3"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFA3A3A3"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFA3A3A3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="2" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="2" fillId="4" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="2" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="5" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="5" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="5" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="4" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="8" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="2" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="7" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFF3300"/>
       <color rgb="FF533E7C"/>
       <color rgb="FF51AE30"/>
       <color rgb="FFFFCCCC"/>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="CSaIM Colour Palette">
@@ -1642,2036 +1626,2050 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ABA6A90-78DA-4D8B-9144-3A2563392629}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="B2:K53"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="K41" sqref="K41"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="5.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="30.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="10.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20.453125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.7265625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:11" ht="29.25" x14ac:dyDescent="0.6">
-[...6 lines deleted...]
-      <c r="F2" s="49"/>
+    <row r="2" spans="2:11" ht="28.5" x14ac:dyDescent="0.85">
+      <c r="B2" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
       <c r="G2" s="23"/>
       <c r="H2" s="23"/>
       <c r="I2" s="24"/>
       <c r="J2" s="23"/>
       <c r="K2" s="23"/>
     </row>
-    <row r="4" spans="2:11" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B4" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="2:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="44"/>
+      <c r="D5" s="44"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="44"/>
+      <c r="G5" s="44"/>
+      <c r="H5" s="44"/>
+      <c r="I5" s="44"/>
+    </row>
+    <row r="7" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B7" s="37" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="2:11" ht="51" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="46" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="46"/>
+      <c r="I8" s="46"/>
+    </row>
+    <row r="9" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B9" s="38"/>
+    </row>
+    <row r="10" spans="2:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="46" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="53" t="s">
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="46"/>
+      <c r="I10" s="46"/>
+    </row>
+    <row r="11" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B11" s="38"/>
+    </row>
+    <row r="12" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B12" s="37" t="s">
         <v>31</v>
       </c>
-      <c r="C5" s="53"/>
-[...8 lines deleted...]
-      <c r="B7" s="46" t="s">
+    </row>
+    <row r="13" spans="2:11" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="46" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" s="55" t="s">
+      <c r="C13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="46"/>
+      <c r="F13" s="46"/>
+      <c r="G13" s="46"/>
+      <c r="H13" s="46"/>
+      <c r="I13" s="46"/>
+    </row>
+    <row r="14" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B14" s="38"/>
+    </row>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B15" s="37" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="55"/>
-[...11 lines deleted...]
-      <c r="B10" s="55" t="s">
+    </row>
+    <row r="16" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B16" s="46" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="55"/>
-[...11 lines deleted...]
-      <c r="B12" s="46" t="s">
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="46"/>
+      <c r="F16" s="46"/>
+      <c r="G16" s="46"/>
+      <c r="H16" s="46"/>
+      <c r="I16" s="46"/>
+    </row>
+    <row r="17" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B17" s="38"/>
+    </row>
+    <row r="18" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B18" s="47" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" s="55" t="s">
+      <c r="C18" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="C13" s="55"/>
-[...11 lines deleted...]
-      <c r="B15" s="46" t="s">
+      <c r="E18" s="47" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="55" t="s">
+      <c r="F18" s="42" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="55"/>
-[...11 lines deleted...]
-      <c r="B18" s="56" t="s">
+    </row>
+    <row r="19" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B19" s="48"/>
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="48"/>
+      <c r="F19" s="43" t="s">
         <v>39</v>
       </c>
-      <c r="C18" s="56" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="56" t="s">
+    </row>
+    <row r="20" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B20" s="39" t="s">
         <v>40</v>
       </c>
-      <c r="E18" s="56" t="s">
+      <c r="C20" s="41">
+        <v>1000</v>
+      </c>
+      <c r="D20" s="41">
+        <v>300</v>
+      </c>
+      <c r="E20" s="41">
+        <v>700</v>
+      </c>
+      <c r="F20" s="41">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="21" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="39" t="s">
         <v>41</v>
       </c>
-      <c r="F18" s="51" t="s">
+      <c r="C21" s="41">
+        <v>800</v>
+      </c>
+      <c r="D21" s="41">
+        <v>240</v>
+      </c>
+      <c r="E21" s="41">
+        <v>560</v>
+      </c>
+      <c r="F21" s="41">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="22" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B22" s="39" t="s">
         <v>42</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="F19" s="52" t="s">
+      <c r="C22" s="41">
+        <v>600</v>
+      </c>
+      <c r="D22" s="41">
+        <v>180</v>
+      </c>
+      <c r="E22" s="41">
+        <v>420</v>
+      </c>
+      <c r="F22" s="41">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="23" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B23" s="39" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" s="48" t="s">
+      <c r="C23" s="41">
+        <v>400</v>
+      </c>
+      <c r="D23" s="41">
+        <v>120</v>
+      </c>
+      <c r="E23" s="41">
+        <v>280</v>
+      </c>
+      <c r="F23" s="41">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="24" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B24" s="39" t="s">
         <v>44</v>
       </c>
-      <c r="C20" s="50">
+      <c r="C24" s="41">
+        <v>200</v>
+      </c>
+      <c r="D24" s="41">
+        <v>60</v>
+      </c>
+      <c r="E24" s="41">
+        <v>140</v>
+      </c>
+      <c r="F24" s="41">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B25" s="38"/>
+    </row>
+    <row r="26" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B26" s="37" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="2:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="46" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="46"/>
+      <c r="D27" s="46"/>
+      <c r="E27" s="46"/>
+      <c r="F27" s="46"/>
+      <c r="G27" s="46"/>
+      <c r="H27" s="46"/>
+      <c r="I27" s="46"/>
+    </row>
+    <row r="28" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B28" s="38"/>
+    </row>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B29" s="37" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="30" spans="2:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="46" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
+      <c r="E30" s="46"/>
+      <c r="F30" s="46"/>
+      <c r="G30" s="46"/>
+      <c r="H30" s="46"/>
+      <c r="I30" s="46"/>
+    </row>
+    <row r="31" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B31" s="38"/>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B32" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="D32" s="47" t="s">
+        <v>36</v>
+      </c>
+      <c r="E32" s="47" t="s">
+        <v>37</v>
+      </c>
+      <c r="F32" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="42" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B33" s="48"/>
+      <c r="C33" s="48"/>
+      <c r="D33" s="48"/>
+      <c r="E33" s="48"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="43" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B34" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" s="41">
         <v>1000</v>
       </c>
-      <c r="D20" s="50">
+      <c r="D34" s="41">
         <v>300</v>
       </c>
-      <c r="E20" s="50">
+      <c r="E34" s="41">
         <v>700</v>
       </c>
-      <c r="F20" s="50">
-[...7 lines deleted...]
-      <c r="C21" s="50">
+      <c r="F34" s="41">
+        <v>560</v>
+      </c>
+      <c r="G34" s="41">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="35" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B35" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C35" s="41">
         <v>800</v>
       </c>
-      <c r="D21" s="50">
+      <c r="D35" s="41">
         <v>240</v>
       </c>
-      <c r="E21" s="50">
+      <c r="E35" s="41">
         <v>560</v>
       </c>
-      <c r="F21" s="50">
-[...7 lines deleted...]
-      <c r="C22" s="50">
+      <c r="F35" s="41">
+        <v>448</v>
+      </c>
+      <c r="G35" s="41">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="36" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B36" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="41">
         <v>600</v>
       </c>
-      <c r="D22" s="50">
+      <c r="D36" s="41">
         <v>180</v>
       </c>
-      <c r="E22" s="50">
+      <c r="E36" s="41">
         <v>420</v>
       </c>
-      <c r="F22" s="50">
-[...7 lines deleted...]
-      <c r="C23" s="50">
+      <c r="F36" s="41">
+        <v>336</v>
+      </c>
+      <c r="G36" s="41">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="37" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B37" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="41">
         <v>400</v>
       </c>
-      <c r="D23" s="50">
+      <c r="D37" s="41">
         <v>120</v>
       </c>
-      <c r="E23" s="50">
+      <c r="E37" s="41">
         <v>280</v>
       </c>
-      <c r="F23" s="50">
-[...7 lines deleted...]
-      <c r="C24" s="50">
+      <c r="F37" s="41">
+        <v>224</v>
+      </c>
+      <c r="G37" s="41">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="38" spans="2:9" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B38" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="41">
         <v>200</v>
       </c>
-      <c r="D24" s="50">
+      <c r="D38" s="41">
         <v>60</v>
       </c>
-      <c r="E24" s="50">
+      <c r="E38" s="41">
         <v>140</v>
       </c>
-      <c r="F24" s="50">
-[...163 lines deleted...]
-      <c r="D38" s="50">
+      <c r="F38" s="41">
+        <v>112</v>
+      </c>
+      <c r="G38" s="41">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="40" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B40" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="41" spans="2:9" ht="102" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="44" t="s">
+        <v>76</v>
+      </c>
+      <c r="C41" s="44"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="44"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="44"/>
+    </row>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B43" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="E38" s="50">
-[...10 lines deleted...]
-      <c r="B40" s="3" t="s">
+    </row>
+    <row r="44" spans="2:9" ht="68.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="44"/>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B46" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="47" spans="2:9" ht="36.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="44" t="s">
         <v>63</v>
       </c>
-    </row>
-[...46 lines deleted...]
-    <row r="49" spans="2:9" x14ac:dyDescent="0.3">
+      <c r="C47" s="44"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="44"/>
+      <c r="F47" s="44"/>
+      <c r="G47" s="44"/>
+      <c r="H47" s="44"/>
+      <c r="I47" s="44"/>
+    </row>
+    <row r="49" spans="2:9" x14ac:dyDescent="0.4">
       <c r="B49" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="2:9" ht="135.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="44" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50" s="44"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="44"/>
+      <c r="F50" s="44"/>
+      <c r="G50" s="44"/>
+      <c r="H50" s="44"/>
+      <c r="I50" s="44"/>
+    </row>
+    <row r="52" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B52" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="53" spans="2:9" x14ac:dyDescent="0.4">
+      <c r="B53" s="45" t="s">
         <v>66</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      <c r="I53" s="54"/>
+      <c r="C53" s="45"/>
+      <c r="D53" s="45"/>
+      <c r="E53" s="45"/>
+      <c r="F53" s="45"/>
+      <c r="G53" s="45"/>
+      <c r="H53" s="45"/>
+      <c r="I53" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="E32:E33"/>
     <mergeCell ref="F32:F33"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="C18:C19"/>
     <mergeCell ref="D18:D19"/>
     <mergeCell ref="E18:E19"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C32:C33"/>
     <mergeCell ref="D32:D33"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B30:I30"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B8:I8"/>
     <mergeCell ref="B10:I10"/>
     <mergeCell ref="B13:I13"/>
     <mergeCell ref="B16:I16"/>
     <mergeCell ref="B41:I41"/>
     <mergeCell ref="B44:I44"/>
     <mergeCell ref="B47:I47"/>
     <mergeCell ref="B50:I50"/>
     <mergeCell ref="B53:I53"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:K45"/>
+  <dimension ref="B1:M45"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="O11" sqref="O11"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="3.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.26953125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="3.1796875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.453125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.7265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12.453125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="17.26953125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="6.54296875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="26.7265625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="33.1796875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="12.08984375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="5.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-        <v>25</v>
+    <row r="1" spans="2:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="2" spans="2:11" ht="28.5" x14ac:dyDescent="0.85">
+      <c r="B2" s="33" t="s">
+        <v>21</v>
       </c>
       <c r="C2" s="23"/>
       <c r="D2" s="23"/>
       <c r="E2" s="23"/>
       <c r="F2" s="23"/>
       <c r="G2" s="23"/>
       <c r="H2" s="23"/>
       <c r="I2" s="24"/>
       <c r="J2" s="23"/>
       <c r="K2" s="23"/>
     </row>
-    <row r="3" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="3"/>
     </row>
-    <row r="4" spans="2:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="58" t="s">
+    <row r="4" spans="2:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="49"/>
+      <c r="D4" s="51"/>
+      <c r="E4" s="51"/>
+      <c r="F4" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="45"/>
+      <c r="H4" s="51"/>
+      <c r="I4" s="51"/>
+      <c r="J4" s="51"/>
+      <c r="K4" s="51"/>
+    </row>
+    <row r="5" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="49" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="49"/>
+      <c r="D5" s="50"/>
+      <c r="E5" s="50"/>
+      <c r="F5" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="45"/>
+      <c r="H5" s="50"/>
+      <c r="I5" s="50"/>
+      <c r="J5" s="50"/>
+      <c r="K5" s="50"/>
+    </row>
+    <row r="6" spans="2:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="49"/>
+      <c r="D6" s="50"/>
+      <c r="E6" s="50"/>
+      <c r="F6" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="58"/>
-[...28 lines deleted...]
-      <c r="B6" s="58" t="s">
+      <c r="G6" s="45"/>
+      <c r="H6" s="50"/>
+      <c r="I6" s="50"/>
+      <c r="J6" s="50" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="58"/>
-[...13 lines deleted...]
-    <row r="7" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="K6" s="68"/>
+    </row>
+    <row r="7" spans="2:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="F7" s="4"/>
       <c r="I7" s="1"/>
     </row>
-    <row r="8" spans="2:11" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:11" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
-        <v>9</v>
-[...17 lines deleted...]
-      <c r="B10" s="53" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B9" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="44"/>
+      <c r="G9" s="44"/>
+      <c r="H9" s="44"/>
+      <c r="I9" s="44"/>
+      <c r="J9" s="44"/>
+      <c r="K9" s="44"/>
+    </row>
+    <row r="10" spans="2:11" ht="48" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" s="45"/>
+      <c r="D10" s="45"/>
+      <c r="E10" s="45"/>
+      <c r="F10" s="45"/>
+      <c r="G10" s="45"/>
+      <c r="H10" s="45"/>
+      <c r="I10" s="45"/>
+      <c r="J10" s="45"/>
+      <c r="K10" s="45"/>
+    </row>
+    <row r="11" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="12" spans="2:11" ht="33" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="44" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="44"/>
+      <c r="D12" s="44"/>
+      <c r="E12" s="44"/>
+      <c r="F12" s="44"/>
+      <c r="G12" s="44"/>
+      <c r="H12" s="44"/>
+      <c r="I12" s="44"/>
+      <c r="J12" s="44"/>
+      <c r="K12" s="44"/>
+    </row>
+    <row r="13" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B13" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B14" s="44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="44"/>
+      <c r="D14" s="44"/>
+      <c r="E14" s="44"/>
+      <c r="F14" s="44"/>
+      <c r="G14" s="44"/>
+      <c r="H14" s="44"/>
+      <c r="I14" s="44"/>
+      <c r="J14" s="44"/>
+      <c r="K14" s="44"/>
+    </row>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B15" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="44"/>
+      <c r="D15" s="44"/>
+      <c r="E15" s="44"/>
+      <c r="F15" s="44"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="44"/>
+      <c r="I15" s="44"/>
+      <c r="J15" s="44"/>
+      <c r="K15" s="44"/>
+    </row>
+    <row r="16" spans="2:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="44"/>
+      <c r="D16" s="44"/>
+      <c r="E16" s="44"/>
+      <c r="F16" s="44"/>
+      <c r="G16" s="44"/>
+      <c r="H16" s="44"/>
+      <c r="I16" s="44"/>
+      <c r="J16" s="44"/>
+      <c r="K16" s="44"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B17" s="44" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="44"/>
+      <c r="G17" s="44"/>
+      <c r="H17" s="44"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="44"/>
+      <c r="K17" s="44"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="C18" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="44"/>
+      <c r="E18" s="44"/>
+      <c r="F18" s="44"/>
+      <c r="G18" s="44"/>
+      <c r="H18" s="44"/>
+      <c r="I18" s="44"/>
+      <c r="J18" s="44"/>
+      <c r="K18" s="44"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="C19" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="44"/>
+      <c r="E19" s="44"/>
+      <c r="F19" s="44"/>
+      <c r="G19" s="44"/>
+      <c r="H19" s="44"/>
+      <c r="I19" s="44"/>
+      <c r="J19" s="44"/>
+      <c r="K19" s="44"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B20" s="44" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="44"/>
+      <c r="G20" s="44"/>
+      <c r="H20" s="44"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="44"/>
+      <c r="K20" s="44"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B21" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B22" s="44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" s="44"/>
+      <c r="D22" s="44"/>
+      <c r="E22" s="44"/>
+      <c r="F22" s="44"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B23" s="44" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
+      <c r="E23" s="44"/>
+      <c r="F23" s="44"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+    </row>
+    <row r="24" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B24" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="44"/>
+      <c r="J24" s="44"/>
+      <c r="K24" s="44"/>
+    </row>
+    <row r="25" spans="2:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="44"/>
+      <c r="K25" s="44"/>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B26" s="44" t="s">
         <v>74</v>
       </c>
-      <c r="C10" s="54"/>
-[...145 lines deleted...]
-      <c r="B23" s="53" t="s">
+      <c r="C26" s="73"/>
+      <c r="D26" s="73"/>
+      <c r="E26" s="73"/>
+      <c r="F26" s="73"/>
+      <c r="G26" s="73"/>
+      <c r="H26" s="73"/>
+      <c r="I26" s="73"/>
+      <c r="J26" s="73"/>
+      <c r="K26" s="73"/>
+      <c r="L26" s="73"/>
+    </row>
+    <row r="27" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B27" s="44" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="44"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="44"/>
+      <c r="K27" s="44"/>
+    </row>
+    <row r="29" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45"/>
+    <row r="30" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="55"/>
+      <c r="D30" s="56"/>
+      <c r="E30" s="57" t="s">
+        <v>1</v>
+      </c>
+      <c r="F30" s="57"/>
+      <c r="G30" s="58" t="s">
+        <v>3</v>
+      </c>
+      <c r="H30" s="59"/>
+      <c r="I30" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="J30" s="52" t="s">
+        <v>5</v>
+      </c>
+      <c r="K30" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="L30" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="M30" s="74"/>
+    </row>
+    <row r="31" spans="2:13" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B31" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="C31" s="35" t="s">
+        <v>0</v>
+      </c>
+      <c r="D31" s="36" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="53"/>
-[...128 lines deleted...]
-      <c r="I32" s="15"/>
+      <c r="E31" s="53"/>
+      <c r="F31" s="53"/>
+      <c r="G31" s="60"/>
+      <c r="H31" s="61"/>
+      <c r="I31" s="63"/>
+      <c r="J31" s="53"/>
+      <c r="K31" s="53"/>
+      <c r="L31" s="75"/>
+      <c r="M31" s="76"/>
+    </row>
+    <row r="32" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B32" s="5"/>
+      <c r="C32" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="D32" s="7"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="G32" s="66"/>
+      <c r="H32" s="67"/>
+      <c r="I32" s="10"/>
       <c r="J32" s="25">
         <f>E32</f>
         <v>0</v>
       </c>
       <c r="K32" s="27">
-        <f t="shared" ref="K32:K40" si="0">MAX(0,SUM(E32-G32))</f>
-[...3 lines deleted...]
-    <row r="33" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <f>MAX(0,SUM(E32-G32))</f>
+        <v>0</v>
+      </c>
+      <c r="L32" s="77"/>
+      <c r="M32" s="78"/>
+    </row>
+    <row r="33" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B33" s="11"/>
       <c r="C33" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="14"/>
       <c r="F33" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H33" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G33" s="64"/>
+      <c r="H33" s="65"/>
       <c r="I33" s="15"/>
       <c r="J33" s="25">
         <f>E33</f>
         <v>0</v>
       </c>
       <c r="K33" s="27">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="34" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+        <f t="shared" ref="K33:K41" si="0">MAX(0,SUM(E33-G33))</f>
+        <v>0</v>
+      </c>
+      <c r="L33" s="79"/>
+      <c r="M33" s="80"/>
+    </row>
+    <row r="34" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B34" s="11"/>
       <c r="C34" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="14"/>
       <c r="F34" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H34" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G34" s="64"/>
+      <c r="H34" s="65"/>
       <c r="I34" s="15"/>
       <c r="J34" s="25">
-        <f t="shared" ref="J34:J36" si="1">E34</f>
+        <f>E34</f>
         <v>0</v>
       </c>
       <c r="K34" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L34" s="79"/>
+      <c r="M34" s="80"/>
+    </row>
+    <row r="35" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B35" s="11"/>
       <c r="C35" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="14"/>
       <c r="F35" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H35" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G35" s="64"/>
+      <c r="H35" s="65"/>
       <c r="I35" s="15"/>
       <c r="J35" s="25">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="J35:J37" si="1">E35</f>
         <v>0</v>
       </c>
       <c r="K35" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="36" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L35" s="79"/>
+      <c r="M35" s="80"/>
+    </row>
+    <row r="36" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B36" s="11"/>
       <c r="C36" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="14"/>
       <c r="F36" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H36" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G36" s="64"/>
+      <c r="H36" s="65"/>
       <c r="I36" s="15"/>
       <c r="J36" s="25">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K36" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L36" s="79"/>
+      <c r="M36" s="80"/>
+    </row>
+    <row r="37" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B37" s="11"/>
       <c r="C37" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D37" s="13"/>
       <c r="E37" s="14"/>
       <c r="F37" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H37" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G37" s="64"/>
+      <c r="H37" s="65"/>
       <c r="I37" s="15"/>
       <c r="J37" s="25">
-        <f>E37</f>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K37" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L37" s="79"/>
+      <c r="M37" s="80"/>
+    </row>
+    <row r="38" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B38" s="11"/>
       <c r="C38" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D38" s="13"/>
       <c r="E38" s="14"/>
       <c r="F38" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H38" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G38" s="64"/>
+      <c r="H38" s="65"/>
       <c r="I38" s="15"/>
       <c r="J38" s="25">
-        <f t="shared" ref="J38" si="2">E38</f>
+        <f>E38</f>
         <v>0</v>
       </c>
       <c r="K38" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="2:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L38" s="79"/>
+      <c r="M38" s="80"/>
+    </row>
+    <row r="39" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B39" s="11"/>
       <c r="C39" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D39" s="13"/>
       <c r="E39" s="14"/>
       <c r="F39" s="12" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="H39" s="75"/>
+        <v>2</v>
+      </c>
+      <c r="G39" s="64"/>
+      <c r="H39" s="65"/>
       <c r="I39" s="15"/>
       <c r="J39" s="25">
-        <f>E39</f>
+        <f t="shared" ref="J39" si="2">E39</f>
         <v>0</v>
       </c>
       <c r="K39" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="J40" s="26">
+      <c r="L39" s="79"/>
+      <c r="M39" s="80"/>
+    </row>
+    <row r="40" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B40" s="11"/>
+      <c r="C40" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="D40" s="13"/>
+      <c r="E40" s="14"/>
+      <c r="F40" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="G40" s="64"/>
+      <c r="H40" s="65"/>
+      <c r="I40" s="15"/>
+      <c r="J40" s="25">
         <f>E40</f>
         <v>0</v>
       </c>
       <c r="K40" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-    </row>
-[...37 lines deleted...]
-    <row r="43" spans="2:11" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="L40" s="79"/>
+      <c r="M40" s="80"/>
+    </row>
+    <row r="41" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B41" s="16"/>
+      <c r="C41" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D41" s="18"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="G41" s="69"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="20"/>
+      <c r="J41" s="26">
+        <f>E41</f>
+        <v>0</v>
+      </c>
+      <c r="K41" s="27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L41" s="81"/>
+      <c r="M41" s="82"/>
+    </row>
+    <row r="42" spans="2:13" ht="9.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="21"/>
+      <c r="D42" s="21"/>
+      <c r="J42" s="22"/>
+      <c r="K42" s="22"/>
+    </row>
+    <row r="43" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B43" s="21"/>
       <c r="D43" s="21"/>
     </row>
-    <row r="44" spans="2:11" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:13" x14ac:dyDescent="0.4">
       <c r="B44" s="21"/>
       <c r="D44" s="21"/>
     </row>
-    <row r="45" spans="2:11" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:13" x14ac:dyDescent="0.4">
       <c r="B45" s="21"/>
       <c r="D45" s="21"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="D4:E6 H4:K6 B31:I39" name="Range1"/>
+    <protectedRange sqref="D4:E6 H4:K6 B32:I40" name="Range1"/>
   </protectedRanges>
-  <mergeCells count="47">
-[...2 lines deleted...]
-    <mergeCell ref="G35:H35"/>
+  <mergeCells count="57">
+    <mergeCell ref="B26:L26"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="L30:M31"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L35:M35"/>
     <mergeCell ref="G36:H36"/>
     <mergeCell ref="G37:H37"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="G40:H40"/>
-    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="G35:H35"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
-    <mergeCell ref="G31:H31"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
+    <mergeCell ref="G34:H34"/>
     <mergeCell ref="B9:K9"/>
     <mergeCell ref="B10:K10"/>
     <mergeCell ref="B12:K12"/>
     <mergeCell ref="B14:K14"/>
     <mergeCell ref="B15:K15"/>
     <mergeCell ref="B16:K16"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="J6:K6"/>
-    <mergeCell ref="B29:D29"/>
-[...5 lines deleted...]
-    <mergeCell ref="K29:K30"/>
+    <mergeCell ref="J30:J31"/>
+    <mergeCell ref="K30:K31"/>
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="C18:K18"/>
     <mergeCell ref="C19:K19"/>
     <mergeCell ref="B20:K20"/>
     <mergeCell ref="B23:K23"/>
     <mergeCell ref="B22:K22"/>
     <mergeCell ref="B24:K24"/>
-    <mergeCell ref="B26:K26"/>
+    <mergeCell ref="B27:K27"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:E31"/>
+    <mergeCell ref="F30:F31"/>
+    <mergeCell ref="G30:H31"/>
+    <mergeCell ref="I30:I31"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:K4"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.27559055118110237" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;F</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:K43"/>
+  <dimension ref="B1:M43"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="G48" sqref="G48"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="4.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.26953125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="3.1796875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.453125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.7265625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.81640625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="11.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="17.26953125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="7.1796875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="26.7265625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="27.26953125" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-        <v>24</v>
+    <row r="1" spans="2:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="2" spans="2:11" ht="28.5" x14ac:dyDescent="0.85">
+      <c r="B2" s="33" t="s">
+        <v>20</v>
       </c>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
     </row>
-    <row r="3" spans="2:11" ht="9.75" customHeight="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="B4" s="58" t="s">
+    <row r="3" spans="2:11" ht="9.75" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="4" spans="2:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="49"/>
+      <c r="D4" s="72"/>
+      <c r="E4" s="72"/>
+      <c r="F4" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="45"/>
+      <c r="H4" s="29"/>
+      <c r="I4" s="72"/>
+      <c r="J4" s="72"/>
+      <c r="K4" s="72"/>
+    </row>
+    <row r="5" spans="2:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="49" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="49"/>
+      <c r="D5" s="71"/>
+      <c r="E5" s="71"/>
+      <c r="F5" s="45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="45"/>
+      <c r="H5" s="30"/>
+      <c r="I5" s="71"/>
+      <c r="J5" s="71"/>
+      <c r="K5" s="71"/>
+    </row>
+    <row r="6" spans="2:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="49"/>
+      <c r="D6" s="71"/>
+      <c r="E6" s="71"/>
+      <c r="F6" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="58"/>
-[...28 lines deleted...]
-      <c r="B6" s="58" t="s">
+      <c r="G6" s="45"/>
+      <c r="H6" s="30"/>
+      <c r="I6" s="71"/>
+      <c r="J6" s="71"/>
+      <c r="K6" s="30" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="58"/>
-[...2 lines deleted...]
-      <c r="F6" s="54" t="s">
+    </row>
+    <row r="7" spans="2:11" ht="9.75" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="8" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B8" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B9" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="44"/>
+      <c r="G9" s="44"/>
+      <c r="H9" s="44"/>
+      <c r="I9" s="44"/>
+      <c r="J9" s="44"/>
+      <c r="K9" s="44"/>
+    </row>
+    <row r="10" spans="2:11" ht="50.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="44" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" s="44"/>
+      <c r="D10" s="44"/>
+      <c r="E10" s="44"/>
+      <c r="F10" s="44"/>
+      <c r="G10" s="44"/>
+      <c r="H10" s="44"/>
+      <c r="I10" s="44"/>
+      <c r="J10" s="44"/>
+      <c r="K10" s="44"/>
+    </row>
+    <row r="12" spans="2:11" ht="33.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="44" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="44"/>
+      <c r="D12" s="44"/>
+      <c r="E12" s="44"/>
+      <c r="F12" s="44"/>
+      <c r="G12" s="44"/>
+      <c r="H12" s="44"/>
+      <c r="I12" s="44"/>
+      <c r="J12" s="44"/>
+      <c r="K12" s="44"/>
+    </row>
+    <row r="13" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B13" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B14" s="44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="44"/>
+      <c r="D14" s="44"/>
+      <c r="E14" s="44"/>
+      <c r="F14" s="44"/>
+      <c r="G14" s="44"/>
+      <c r="H14" s="44"/>
+      <c r="I14" s="44"/>
+      <c r="J14" s="44"/>
+      <c r="K14" s="44"/>
+    </row>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.4">
+      <c r="B15" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="44"/>
+      <c r="D15" s="44"/>
+      <c r="E15" s="44"/>
+      <c r="F15" s="44"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="44"/>
+      <c r="I15" s="44"/>
+      <c r="J15" s="44"/>
+      <c r="K15" s="44"/>
+    </row>
+    <row r="16" spans="2:11" ht="34.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="44"/>
+      <c r="D16" s="44"/>
+      <c r="E16" s="44"/>
+      <c r="F16" s="44"/>
+      <c r="G16" s="44"/>
+      <c r="H16" s="44"/>
+      <c r="I16" s="44"/>
+      <c r="J16" s="44"/>
+      <c r="K16" s="44"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B17" s="44" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="44"/>
+      <c r="G17" s="44"/>
+      <c r="H17" s="44"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="44"/>
+      <c r="K17" s="44"/>
+    </row>
+    <row r="18" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C18" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="44"/>
+      <c r="E18" s="44"/>
+      <c r="F18" s="44"/>
+      <c r="G18" s="44"/>
+      <c r="H18" s="44"/>
+      <c r="I18" s="44"/>
+      <c r="J18" s="44"/>
+      <c r="K18" s="44"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="C19" s="44" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="44"/>
+      <c r="E19" s="44"/>
+      <c r="F19" s="44"/>
+      <c r="G19" s="44"/>
+      <c r="H19" s="44"/>
+      <c r="I19" s="44"/>
+      <c r="J19" s="44"/>
+      <c r="K19" s="44"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B20" s="44" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="44"/>
+      <c r="G20" s="44"/>
+      <c r="H20" s="44"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="44"/>
+      <c r="K20" s="44"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B21" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" s="44"/>
+      <c r="D22" s="44"/>
+      <c r="E22" s="44"/>
+      <c r="F22" s="44"/>
+      <c r="G22" s="44"/>
+      <c r="H22" s="44"/>
+      <c r="I22" s="44"/>
+      <c r="J22" s="44"/>
+      <c r="K22" s="44"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B23" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
+      <c r="E23" s="44"/>
+      <c r="F23" s="44"/>
+      <c r="G23" s="44"/>
+      <c r="H23" s="44"/>
+      <c r="I23" s="44"/>
+      <c r="J23" s="44"/>
+      <c r="K23" s="44"/>
+    </row>
+    <row r="24" spans="2:13" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="44"/>
+      <c r="J24" s="44"/>
+      <c r="K24" s="44"/>
+    </row>
+    <row r="25" spans="2:13" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="44" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="44"/>
+      <c r="K25" s="44"/>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B26" s="44" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="73"/>
+      <c r="D26" s="73"/>
+      <c r="E26" s="73"/>
+      <c r="F26" s="73"/>
+      <c r="G26" s="73"/>
+      <c r="H26" s="73"/>
+      <c r="I26" s="73"/>
+      <c r="J26" s="73"/>
+      <c r="K26" s="73"/>
+      <c r="L26" s="73"/>
+    </row>
+    <row r="27" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="44" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="44"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="44"/>
+      <c r="J27" s="44"/>
+      <c r="K27" s="44"/>
+    </row>
+    <row r="28" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45"/>
+    <row r="29" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="55"/>
+      <c r="D29" s="56"/>
+      <c r="E29" s="57" t="s">
+        <v>1</v>
+      </c>
+      <c r="F29" s="57"/>
+      <c r="G29" s="58" t="s">
+        <v>3</v>
+      </c>
+      <c r="H29" s="59"/>
+      <c r="I29" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="J29" s="52" t="s">
+        <v>5</v>
+      </c>
+      <c r="K29" s="52" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="54"/>
-[...176 lines deleted...]
-      <c r="B23" s="53" t="s">
+      <c r="L29" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="M29" s="74"/>
+    </row>
+    <row r="30" spans="2:13" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B30" s="34" t="s">
         <v>22</v>
       </c>
-      <c r="C23" s="53"/>
-[...95 lines deleted...]
-    <row r="31" spans="2:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C30" s="35" t="s">
+        <v>0</v>
+      </c>
+      <c r="D30" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="E30" s="53"/>
+      <c r="F30" s="53"/>
+      <c r="G30" s="60"/>
+      <c r="H30" s="61"/>
+      <c r="I30" s="63"/>
+      <c r="J30" s="53"/>
+      <c r="K30" s="53"/>
+      <c r="L30" s="75"/>
+      <c r="M30" s="76"/>
+    </row>
+    <row r="31" spans="2:13" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B31" s="5"/>
       <c r="C31" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="8"/>
       <c r="F31" s="9" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <f t="shared" ref="J31:J40" si="0">(G31+K31)</f>
+        <v>2</v>
+      </c>
+      <c r="G31" s="66"/>
+      <c r="H31" s="67"/>
+      <c r="I31" s="10"/>
+      <c r="J31" s="25">
+        <f>E31</f>
         <v>0</v>
       </c>
       <c r="K31" s="27">
-        <f t="shared" ref="K31:K40" si="1">SUM(E31-G31)*0.8</f>
-[...3 lines deleted...]
-    <row r="32" spans="2:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+        <f>MAX(0,SUM(E31-G31))</f>
+        <v>0</v>
+      </c>
+      <c r="L31" s="77"/>
+      <c r="M31" s="78"/>
+    </row>
+    <row r="32" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B32" s="11"/>
       <c r="C32" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="14"/>
       <c r="F32" s="12" t="s">
-        <v>4</v>
-[...13 lines deleted...]
-    <row r="33" spans="2:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+        <v>2</v>
+      </c>
+      <c r="G32" s="64"/>
+      <c r="H32" s="65"/>
+      <c r="I32" s="15"/>
+      <c r="J32" s="25">
+        <f>E32</f>
+        <v>0</v>
+      </c>
+      <c r="K32" s="27">
+        <f t="shared" ref="K32:K40" si="0">MAX(0,SUM(E32-G32))</f>
+        <v>0</v>
+      </c>
+      <c r="L32" s="79"/>
+      <c r="M32" s="80"/>
+    </row>
+    <row r="33" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B33" s="11"/>
       <c r="C33" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="14"/>
       <c r="F33" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J33" s="34">
+        <v>2</v>
+      </c>
+      <c r="G33" s="64"/>
+      <c r="H33" s="65"/>
+      <c r="I33" s="15"/>
+      <c r="J33" s="25">
+        <f>E33</f>
+        <v>0</v>
+      </c>
+      <c r="K33" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K33" s="28">
-[...4 lines deleted...]
-    <row r="34" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L33" s="79"/>
+      <c r="M33" s="80"/>
+    </row>
+    <row r="34" spans="2:13" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B34" s="11"/>
       <c r="C34" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="14"/>
       <c r="F34" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J34" s="34">
+        <v>2</v>
+      </c>
+      <c r="G34" s="64"/>
+      <c r="H34" s="65"/>
+      <c r="I34" s="15"/>
+      <c r="J34" s="25">
+        <f t="shared" ref="J34:J36" si="1">E34</f>
+        <v>0</v>
+      </c>
+      <c r="K34" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K34" s="28">
-[...4 lines deleted...]
-    <row r="35" spans="2:11" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="L34" s="79"/>
+      <c r="M34" s="80"/>
+    </row>
+    <row r="35" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B35" s="11"/>
       <c r="C35" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="14"/>
       <c r="F35" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J35" s="34">
+        <v>2</v>
+      </c>
+      <c r="G35" s="64"/>
+      <c r="H35" s="65"/>
+      <c r="I35" s="15"/>
+      <c r="J35" s="25">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K35" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K35" s="28">
-[...4 lines deleted...]
-    <row r="36" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L35" s="79"/>
+      <c r="M35" s="80"/>
+    </row>
+    <row r="36" spans="2:13" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B36" s="11"/>
       <c r="C36" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="14"/>
       <c r="F36" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J36" s="34">
+        <v>2</v>
+      </c>
+      <c r="G36" s="64"/>
+      <c r="H36" s="65"/>
+      <c r="I36" s="15"/>
+      <c r="J36" s="25">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K36" s="28">
-[...4 lines deleted...]
-    <row r="37" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L36" s="79"/>
+      <c r="M36" s="80"/>
+    </row>
+    <row r="37" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B37" s="11"/>
       <c r="C37" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D37" s="13"/>
       <c r="E37" s="14"/>
       <c r="F37" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J37" s="34">
+        <v>2</v>
+      </c>
+      <c r="G37" s="64"/>
+      <c r="H37" s="65"/>
+      <c r="I37" s="15"/>
+      <c r="J37" s="25">
+        <f>E37</f>
+        <v>0</v>
+      </c>
+      <c r="K37" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K37" s="28">
-[...4 lines deleted...]
-    <row r="38" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L37" s="79"/>
+      <c r="M37" s="80"/>
+    </row>
+    <row r="38" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B38" s="11"/>
       <c r="C38" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D38" s="13"/>
       <c r="E38" s="14"/>
       <c r="F38" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J38" s="34">
+        <v>2</v>
+      </c>
+      <c r="G38" s="64"/>
+      <c r="H38" s="65"/>
+      <c r="I38" s="15"/>
+      <c r="J38" s="25">
+        <f t="shared" ref="J38" si="2">E38</f>
+        <v>0</v>
+      </c>
+      <c r="K38" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K38" s="28">
-[...4 lines deleted...]
-    <row r="39" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L38" s="79"/>
+      <c r="M38" s="80"/>
+    </row>
+    <row r="39" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B39" s="11"/>
       <c r="C39" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D39" s="13"/>
       <c r="E39" s="14"/>
       <c r="F39" s="12" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J39" s="34">
+        <v>2</v>
+      </c>
+      <c r="G39" s="64"/>
+      <c r="H39" s="65"/>
+      <c r="I39" s="15"/>
+      <c r="J39" s="25">
+        <f>E39</f>
+        <v>0</v>
+      </c>
+      <c r="K39" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K39" s="28">
-[...4 lines deleted...]
-    <row r="40" spans="2:11" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="L39" s="79"/>
+      <c r="M39" s="80"/>
+    </row>
+    <row r="40" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B40" s="16"/>
       <c r="C40" s="17" t="s">
         <v>0</v>
       </c>
       <c r="D40" s="18"/>
       <c r="E40" s="19"/>
       <c r="F40" s="17" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="J40" s="37">
+        <v>2</v>
+      </c>
+      <c r="G40" s="69"/>
+      <c r="H40" s="70"/>
+      <c r="I40" s="20"/>
+      <c r="J40" s="26">
+        <f>E40</f>
+        <v>0</v>
+      </c>
+      <c r="K40" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K40" s="29">
-[...41 lines deleted...]
-    <row r="43" spans="2:11" x14ac:dyDescent="0.3">
+      <c r="L40" s="81"/>
+      <c r="M40" s="82"/>
+    </row>
+    <row r="41" spans="2:13" ht="16" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B41" s="16"/>
+      <c r="C41" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D41" s="18"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="G41" s="69"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="31"/>
+      <c r="J41" s="32">
+        <f t="shared" ref="J32:J41" si="3">(G41+K41)</f>
+        <v>0</v>
+      </c>
+      <c r="K41" s="28">
+        <f t="shared" ref="K32:K41" si="4">SUM(E41-G41)*0.8</f>
+        <v>0</v>
+      </c>
+      <c r="L41" s="81"/>
+      <c r="M41" s="82"/>
+    </row>
+    <row r="42" spans="2:13" x14ac:dyDescent="0.4">
+      <c r="B42" s="21"/>
+      <c r="D42" s="21"/>
+      <c r="J42" s="22"/>
+      <c r="K42" s="22"/>
+    </row>
+    <row r="43" spans="2:13" x14ac:dyDescent="0.4">
       <c r="B43" s="21"/>
       <c r="D43" s="21"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="D4:E6 H4:K6 B31:I40" name="Range1"/>
+    <protectedRange sqref="D4:E6 H4:K6 B41:I41" name="Range1"/>
+    <protectedRange sqref="B31:I39" name="Range1_1"/>
   </protectedRanges>
-  <mergeCells count="46">
+  <mergeCells count="58">
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="G29:H30"/>
+    <mergeCell ref="I29:I30"/>
+    <mergeCell ref="J29:J30"/>
+    <mergeCell ref="K29:K30"/>
+    <mergeCell ref="L29:M30"/>
     <mergeCell ref="B22:K22"/>
     <mergeCell ref="B23:K23"/>
     <mergeCell ref="B24:K24"/>
-    <mergeCell ref="B26:K26"/>
+    <mergeCell ref="B27:K27"/>
     <mergeCell ref="B16:K16"/>
     <mergeCell ref="B17:K17"/>
     <mergeCell ref="C18:K18"/>
     <mergeCell ref="C19:K19"/>
     <mergeCell ref="B20:K20"/>
-    <mergeCell ref="B42:D42"/>
-[...2 lines deleted...]
-    <mergeCell ref="G31:H31"/>
+    <mergeCell ref="B26:L26"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="G36:H36"/>
     <mergeCell ref="G37:H37"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="G39:H39"/>
     <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="F29:F30"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="I6:J6"/>
-    <mergeCell ref="B29:D29"/>
-[...4 lines deleted...]
-    <mergeCell ref="J29:J30"/>
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="B9:K9"/>
     <mergeCell ref="B10:K10"/>
     <mergeCell ref="B12:K12"/>
     <mergeCell ref="B14:K14"/>
     <mergeCell ref="B15:K15"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="I5:K5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="I4:K4"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.19685039370078741" top="0.27559055118110237" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;F</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...57 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e9cdfcca-0ae3-4634-98e2-0a93dae710e7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="ba23f3a3-d811-4927-96ec-1de3f6a714f2" xsi:nil="true"/>
     <_dlc_DocId xmlns="ba23f3a3-d811-4927-96ec-1de3f6a714f2">2M4NFJ5DD6N2-1727396023-986594</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="ba23f3a3-d811-4927-96ec-1de3f6a714f2">
       <Url>https://lawsonrisk.sharepoint.com/sites/LawsonFiles/_layouts/15/DocIdRedir.aspx?ID=2M4NFJ5DD6N2-1727396023-986594</Url>
       <Description>2M4NFJ5DD6N2-1727396023-986594</Description>
     </_dlc_DocIdUrl>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009E6B079806BB0545976315A0B36F6394" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3fa27abd44e69b41996af6cde6305952">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ba23f3a3-d811-4927-96ec-1de3f6a714f2" xmlns:ns3="e9cdfcca-0ae3-4634-98e2-0a93dae710e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="024b2dec06d13ef8bb01bf1ac254e831" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="ba23f3a3-d811-4927-96ec-1de3f6a714f2"/>
     <xsd:import namespace="e9cdfcca-0ae3-4634-98e2-0a93dae710e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -3904,94 +3902,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{814CF8B4-1865-49F2-84B0-DDB20EFD27F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e9cdfcca-0ae3-4634-98e2-0a93dae710e7"/>
     <ds:schemaRef ds:uri="ba23f3a3-d811-4927-96ec-1de3f6a714f2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D465205-018D-47B6-B109-8B538FECC6F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ba23f3a3-d811-4927-96ec-1de3f6a714f2"/>
     <ds:schemaRef ds:uri="e9cdfcca-0ae3-4634-98e2-0a93dae710e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98654320-727A-453A-8401-DDEDD8094411}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FAB6244-4404-4433-9C4F-66A264651D2D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>